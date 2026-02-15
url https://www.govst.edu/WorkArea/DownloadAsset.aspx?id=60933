--- v0 (2025-10-28)
+++ v1 (2026-02-15)
@@ -5,58 +5,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29303"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29629"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\johanna.gonzalez\Desktop\ROSC Deliverables and Checklist\FY26 Deliverables and Checklist\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6B44E237-833F-4F9D-A90F-F2726C97792E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CB8285B-2730-4484-8A5E-1FE99D719685}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1. Cover Sheet" sheetId="2" r:id="rId1"/>
     <sheet name="2. ROSC Active" sheetId="3" r:id="rId2"/>
     <sheet name="3. Sector Information" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -351,51 +351,51 @@
   <c r="K19" i="4"/>
   <c r="K18" i="4"/>
   <c r="K17" i="4"/>
   <c r="K16" i="4"/>
   <c r="K15" i="4"/>
   <c r="K14" i="4"/>
   <c r="K13" i="4"/>
   <c r="K12" i="4"/>
   <c r="K11" i="4"/>
   <c r="K10" i="4"/>
   <c r="K9" i="4"/>
   <c r="K8" i="4"/>
   <c r="K7" i="4"/>
   <c r="K6" i="4"/>
   <c r="K5" i="4"/>
   <c r="K4" i="4"/>
   <c r="K3" i="4"/>
   <c r="K2" i="4"/>
   <c r="Q2" i="3"/>
   <c r="K56" i="4" l="1"/>
   <c r="K55" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="327" uniqueCount="202">
   <si>
     <t>Council Name</t>
   </si>
   <si>
     <t>Lead Agency</t>
   </si>
   <si>
     <t>Lead Agency Address</t>
   </si>
   <si>
     <t>Project Coordinator(s)</t>
   </si>
   <si>
     <t>Project Coordinator(s) Phone Number</t>
   </si>
   <si>
     <t>Coordinator(s) Email</t>
   </si>
   <si>
     <t>Additional Contact/Supervisor</t>
   </si>
   <si>
     <t>Additional Contact Email and Phone Number</t>
   </si>
   <si>
@@ -500,50 +500,53 @@
   <si>
     <t>Carmen Lanham</t>
   </si>
   <si>
     <t>Family Guidance Center</t>
   </si>
   <si>
     <t>Carrie McKinzie</t>
   </si>
   <si>
     <t>Treatment: Hospital Program</t>
   </si>
   <si>
     <t>Gateway Foundations</t>
   </si>
   <si>
     <t>Alexandria LaFaye</t>
   </si>
   <si>
     <t>Lindsay Minor</t>
   </si>
   <si>
     <t>Service Providers: Harm Reduction</t>
   </si>
   <si>
+    <t>Has been attending meetings since the inception of ROSC</t>
+  </si>
+  <si>
     <t>Breanna Waters</t>
   </si>
   <si>
     <t>Healthcare: County Health Department</t>
   </si>
   <si>
     <t>Macoupin County Public Health Department</t>
   </si>
   <si>
     <t>Naomi Willis</t>
   </si>
   <si>
     <t xml:space="preserve">Pavillion </t>
   </si>
   <si>
     <t>Ailee Taylor</t>
   </si>
   <si>
     <t>Faith-based: Ministerial Alliance</t>
   </si>
   <si>
     <t>Net Community Church/Helping Hands</t>
   </si>
   <si>
     <t>Shari Albrecht</t>
@@ -638,192 +641,342 @@
   <si>
     <t>Patrick Miller</t>
   </si>
   <si>
     <t xml:space="preserve">Statewide ROSC </t>
   </si>
   <si>
     <t>Nicole List</t>
   </si>
   <si>
     <t>Judicial: Probation</t>
   </si>
   <si>
     <t>Macoupin County Drug Court/Locust Street</t>
   </si>
   <si>
     <t>Maria Clark</t>
   </si>
   <si>
     <t>Locust Street Resource Center/Living Room program</t>
   </si>
   <si>
     <t>Christine White</t>
   </si>
   <si>
+    <t>Diane May</t>
+  </si>
+  <si>
+    <t>St Francis Way Clinic</t>
+  </si>
+  <si>
+    <t>Starla King</t>
+  </si>
+  <si>
+    <t>Recovery Corps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fifth St Renaissance </t>
+  </si>
+  <si>
+    <t>Steve Bryant</t>
+  </si>
+  <si>
+    <t>Volunteer: Other</t>
+  </si>
+  <si>
+    <t>Community Member</t>
+  </si>
+  <si>
+    <t>Chris "Kit" Stanford</t>
+  </si>
+  <si>
+    <t>Judicial: Other</t>
+  </si>
+  <si>
+    <t>TASC</t>
+  </si>
+  <si>
+    <t>Heather Meyers</t>
+  </si>
+  <si>
+    <t>Business:  Local Business</t>
+  </si>
+  <si>
+    <t>Salvation Army</t>
+  </si>
+  <si>
+    <t>Bonnie Goodwin</t>
+  </si>
+  <si>
+    <t>Christian Outreach Center</t>
+  </si>
+  <si>
+    <t>Alleahnia Pollard</t>
+  </si>
+  <si>
+    <t>Whitney Evans</t>
+  </si>
+  <si>
+    <t>ROSC</t>
+  </si>
+  <si>
+    <t>Johanna Gonzalez</t>
+  </si>
+  <si>
+    <t>Kayla Blow</t>
+  </si>
+  <si>
+    <t>CEFS</t>
+  </si>
+  <si>
+    <t>Bailey Moore</t>
+  </si>
+  <si>
+    <t>Health Educator</t>
+  </si>
+  <si>
+    <t>Gregory Santoni</t>
+  </si>
+  <si>
+    <t>Law Enforcement: Other</t>
+  </si>
+  <si>
+    <t>TASC Deflection</t>
+  </si>
+  <si>
+    <t>Kaylee Goebel</t>
+  </si>
+  <si>
+    <t>Family: Other</t>
+  </si>
+  <si>
+    <t>Amber Canada</t>
+  </si>
+  <si>
+    <t>Matt Lantgen</t>
+  </si>
+  <si>
+    <t>Gateway</t>
+  </si>
+  <si>
+    <t>Whitney Steward</t>
+  </si>
+  <si>
+    <t>Arielle Bozarth</t>
+  </si>
+  <si>
+    <t>Family: Substance Use</t>
+  </si>
+  <si>
+    <t>Janes House</t>
+  </si>
+  <si>
+    <t>Greyson Lewis</t>
+  </si>
+  <si>
+    <t>Teen Support Group</t>
+  </si>
+  <si>
+    <t>Miranda Smith</t>
+  </si>
+  <si>
+    <t>Recovery Supports: Housing</t>
+  </si>
+  <si>
+    <t>Emerald Gardens</t>
+  </si>
+  <si>
+    <t>Alison Heyen</t>
+  </si>
+  <si>
+    <t>Lincoln Land Community College</t>
+  </si>
+  <si>
+    <t>Lindsey Kidd</t>
+  </si>
+  <si>
+    <t>Centerstone</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheena Langhauser </t>
+  </si>
+  <si>
+    <t>Healthcare: Hospital</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Memorial Hospital </t>
+  </si>
+  <si>
+    <t>Jessica Banner</t>
+  </si>
+  <si>
+    <t>Chestnut Health</t>
+  </si>
+  <si>
+    <t>Jennifer Cato</t>
+  </si>
+  <si>
+    <t>Recovery Supports: 12 step or other group</t>
+  </si>
+  <si>
+    <t>Rise Recovery</t>
+  </si>
+  <si>
+    <t>Dawn Morris</t>
+  </si>
+  <si>
+    <t>Business: Other</t>
+  </si>
+  <si>
+    <t>Red Cross</t>
+  </si>
+  <si>
+    <t>Conswala Jones</t>
+  </si>
+  <si>
+    <t>St Clair County ROSC</t>
+  </si>
+  <si>
+    <t>Crissy Lance</t>
+  </si>
+  <si>
+    <t>IL Valley Headstart</t>
+  </si>
+  <si>
     <t>The following list will help in determining sector representation on the ROSC Councils.  The first column lists 15 community sectors.                                            Columns 2 through 5 provide additional possible roles within each sector and will help to determine missing sectors/representation on the council.</t>
   </si>
   <si>
     <t>DO NOT EDIT</t>
   </si>
   <si>
     <t>COUNT</t>
   </si>
   <si>
     <t>Additional Sector Information</t>
   </si>
   <si>
-    <t>Business:  Local Business</t>
-[...1 lines deleted...]
-  <si>
     <t>Person with Lived Experience</t>
   </si>
   <si>
     <t>PLE: Other</t>
   </si>
   <si>
     <t>Business: Chamber of Commerce</t>
   </si>
   <si>
     <t>Recovery Supports</t>
   </si>
   <si>
-    <t>Recovery Supports: 12 step or other group</t>
-[...7 lines deleted...]
-  <si>
     <t>Faith-based Groups</t>
   </si>
   <si>
     <t>Education: GED programs</t>
   </si>
   <si>
     <t>Family/Parents</t>
   </si>
   <si>
-    <t>Family: Substance Use</t>
-[...1 lines deleted...]
-  <si>
     <t>Family: Mental Health</t>
   </si>
   <si>
-    <t>Family: Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Education: Local K-12</t>
   </si>
   <si>
     <t>Service Providers</t>
   </si>
   <si>
     <t xml:space="preserve">Service Providers: Harm Reduction </t>
   </si>
   <si>
     <t>Service Providers: Employment Programs</t>
   </si>
   <si>
     <t>Service Providers: Other</t>
   </si>
   <si>
     <t>State/Local/Tribal Government</t>
   </si>
   <si>
     <t>Government: Local Official</t>
   </si>
   <si>
     <t>Government: 708 Board</t>
   </si>
   <si>
     <t>Government: State Official</t>
   </si>
   <si>
     <t>Government: Re-entry programs</t>
   </si>
   <si>
     <t>Education: Other</t>
   </si>
   <si>
     <t>Substance Use Treatment Organizations</t>
   </si>
   <si>
     <t>Treatment: Local Provider</t>
   </si>
   <si>
     <t>Treatment: Withdrawal Management Program</t>
   </si>
   <si>
     <t>Treatment:  Other</t>
   </si>
   <si>
     <t xml:space="preserve">Healthcare </t>
   </si>
   <si>
-    <t>Healthcare: Hospital</t>
-[...1 lines deleted...]
-  <si>
     <t>Law Enforcement</t>
   </si>
   <si>
     <t>Law Enforcement: Local Police</t>
   </si>
   <si>
     <t>Law Enforcement: County Sheriff's Dept.</t>
   </si>
   <si>
     <t>Law Enforcement: ISP</t>
   </si>
   <si>
     <t>Law Enforcement:  State Attorney's Office</t>
   </si>
   <si>
-    <t>Law Enforcement: Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Judicial</t>
   </si>
   <si>
     <t>Judicial: Drug Court Representative</t>
   </si>
   <si>
     <t>Judicial: Public Defender's Office</t>
   </si>
   <si>
-    <t>Judicial: Other</t>
-[...1 lines deleted...]
-  <si>
     <t>Volunteer/Civic Organizations</t>
   </si>
   <si>
     <t>Volunteer: Drug Free Coalitions</t>
-  </si>
-[...1 lines deleted...]
-    <t>Volunteer: Other</t>
   </si>
   <si>
     <t>Education/Schools</t>
   </si>
   <si>
     <t>Youth-Serving Organizations</t>
   </si>
   <si>
     <t>Youth-Serving: Other</t>
   </si>
   <si>
     <t>Media</t>
   </si>
   <si>
     <t>Media: All</t>
   </si>
   <si>
     <t>Business</t>
   </si>
   <si>
     <t>TOTAL MEMBERS</t>
   </si>
   <si>
     <t>TOTAL SECTORS</t>
   </si>
@@ -1484,52 +1637,52 @@
       <c r="B8" s="14"/>
     </row>
     <row r="9" spans="1:2" ht="33" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="13"/>
     </row>
     <row r="10" spans="1:2" ht="33" customHeight="1">
       <c r="A10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="14"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pdOwsV7Q60rDp8zGRBjIaQUWBu4XKQDNaSuK9h/qRaY6u+SlAtD3GgV570Z04qI5TaINue9mkX5GBe7SZaJ8fQ==" saltValue="Rl0vvHu3nUDn/zKwt0C6mg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:R251"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A26" workbookViewId="0">
-      <selection activeCell="C28" sqref="C28"/>
+    <sheetView tabSelected="1" topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="J58" sqref="J58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="1" width="27" style="17" customWidth="1"/>
     <col min="2" max="2" width="12.875" style="19" customWidth="1"/>
     <col min="3" max="3" width="20.375" style="19" customWidth="1"/>
     <col min="4" max="4" width="21.375" style="19" customWidth="1"/>
     <col min="5" max="5" width="6.875" style="19" customWidth="1"/>
     <col min="6" max="6" width="7.375" style="19" customWidth="1"/>
     <col min="7" max="8" width="7.125" style="19" customWidth="1"/>
     <col min="9" max="9" width="7.25" style="19" customWidth="1"/>
     <col min="10" max="10" width="7.5" style="19" customWidth="1"/>
     <col min="11" max="11" width="7.375" style="19" customWidth="1"/>
     <col min="12" max="13" width="8.125" style="19" customWidth="1"/>
     <col min="14" max="14" width="8" style="19" customWidth="1"/>
     <col min="15" max="16" width="8.125" style="19" customWidth="1"/>
     <col min="17" max="17" width="9.5" customWidth="1"/>
     <col min="18" max="18" width="22" style="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="63.6" thickTop="1" thickBot="1">
       <c r="A1" s="20" t="s">
         <v>10</v>
       </c>
@@ -1582,63 +1735,67 @@
         <v>26</v>
       </c>
       <c r="R1" s="23" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:18" ht="64.5">
       <c r="A2" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="18">
         <v>45866</v>
       </c>
       <c r="C2" s="24" t="s">
         <v>29</v>
       </c>
       <c r="D2" s="16" t="s">
         <v>30</v>
       </c>
       <c r="E2" s="15">
         <v>1</v>
       </c>
       <c r="F2" s="15">
         <v>1</v>
       </c>
-      <c r="G2" s="15"/>
+      <c r="G2" s="15">
+        <v>1</v>
+      </c>
       <c r="H2" s="15"/>
-      <c r="I2" s="15"/>
+      <c r="I2" s="15">
+        <v>1</v>
+      </c>
       <c r="J2" s="15"/>
       <c r="K2" s="15"/>
       <c r="L2" s="15"/>
       <c r="M2" s="15"/>
       <c r="N2" s="15"/>
       <c r="O2" s="15"/>
       <c r="P2" s="15"/>
       <c r="Q2" s="4">
         <f>SUM(E2:P2)</f>
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R2" s="25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:18" ht="32.25">
       <c r="A3" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="18">
         <v>45866</v>
       </c>
       <c r="C3" s="24" t="s">
         <v>33</v>
       </c>
       <c r="D3" s="16" t="s">
         <v>34</v>
       </c>
       <c r="E3" s="15">
         <v>1</v>
       </c>
       <c r="F3" s="15"/>
       <c r="G3" s="15"/>
       <c r="H3" s="15"/>
       <c r="I3" s="15"/>
@@ -1721,1486 +1878,1892 @@
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R5" s="25"/>
     </row>
     <row r="6" spans="1:18" ht="16.5">
       <c r="A6" s="16" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="18">
         <v>45866</v>
       </c>
       <c r="C6" s="24" t="s">
         <v>39</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>42</v>
       </c>
       <c r="E6" s="15">
         <v>1</v>
       </c>
       <c r="F6" s="15"/>
       <c r="G6" s="15"/>
       <c r="H6" s="15"/>
       <c r="I6" s="15"/>
-      <c r="J6" s="15"/>
+      <c r="J6" s="15">
+        <v>1</v>
+      </c>
       <c r="K6" s="15"/>
       <c r="L6" s="15"/>
       <c r="M6" s="15"/>
       <c r="N6" s="15"/>
       <c r="O6" s="15"/>
       <c r="P6" s="15"/>
       <c r="Q6" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R6" s="25"/>
     </row>
     <row r="7" spans="1:18" ht="32.25">
       <c r="A7" s="16" t="s">
         <v>43</v>
       </c>
       <c r="B7" s="18">
         <v>45866</v>
       </c>
       <c r="C7" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="16" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="15">
         <v>1</v>
       </c>
       <c r="F7" s="15"/>
-      <c r="G7" s="15"/>
-[...2 lines deleted...]
-      <c r="J7" s="15"/>
+      <c r="G7" s="15">
+        <v>1</v>
+      </c>
+      <c r="H7" s="15">
+        <v>1</v>
+      </c>
+      <c r="I7" s="15">
+        <v>1</v>
+      </c>
+      <c r="J7" s="15">
+        <v>1</v>
+      </c>
       <c r="K7" s="15"/>
       <c r="L7" s="15"/>
       <c r="M7" s="15"/>
       <c r="N7" s="15"/>
       <c r="O7" s="15"/>
       <c r="P7" s="15"/>
       <c r="Q7" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="R7" s="25"/>
     </row>
     <row r="8" spans="1:18" ht="16.5">
       <c r="A8" s="16" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="18">
         <v>45866</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="16" t="s">
         <v>42</v>
       </c>
       <c r="E8" s="15">
         <v>1</v>
       </c>
       <c r="F8" s="15"/>
-      <c r="G8" s="15"/>
+      <c r="G8" s="15">
+        <v>1</v>
+      </c>
       <c r="H8" s="15"/>
       <c r="I8" s="15"/>
       <c r="J8" s="15"/>
       <c r="K8" s="15"/>
       <c r="L8" s="15"/>
       <c r="M8" s="15"/>
       <c r="N8" s="15"/>
       <c r="O8" s="15"/>
       <c r="P8" s="15"/>
       <c r="Q8" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R8" s="25"/>
     </row>
-    <row r="9" spans="1:18" ht="32.25">
+    <row r="9" spans="1:18" ht="48.75">
       <c r="A9" s="16" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="18">
         <v>45866</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>48</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="15">
         <v>1</v>
       </c>
       <c r="F9" s="15"/>
-      <c r="G9" s="15"/>
+      <c r="G9" s="15">
+        <v>1</v>
+      </c>
       <c r="H9" s="15"/>
-      <c r="I9" s="15"/>
+      <c r="I9" s="15">
+        <v>1</v>
+      </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15"/>
       <c r="L9" s="15"/>
       <c r="M9" s="15"/>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="R9" s="25"/>
+        <v>3</v>
+      </c>
+      <c r="R9" s="25" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="10" spans="1:18" ht="32.25">
       <c r="A10" s="16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B10" s="18">
         <v>45866</v>
       </c>
       <c r="C10" s="24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" s="16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E10" s="15">
         <v>1</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="4">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R10" s="25"/>
     </row>
     <row r="11" spans="1:18" ht="32.25">
       <c r="A11" s="16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B11" s="18">
         <v>45866</v>
       </c>
       <c r="C11" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E11" s="15">
         <v>1</v>
       </c>
       <c r="F11" s="15">
         <v>1</v>
       </c>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
-      <c r="I11" s="15"/>
-      <c r="J11" s="15"/>
+      <c r="I11" s="15">
+        <v>1</v>
+      </c>
+      <c r="J11" s="15">
+        <v>1</v>
+      </c>
       <c r="K11" s="15"/>
       <c r="L11" s="15"/>
       <c r="M11" s="15"/>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="4">
         <f t="shared" si="0"/>
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R11" s="25"/>
     </row>
     <row r="12" spans="1:18" ht="32.25">
       <c r="A12" s="16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B12" s="18">
         <v>45866</v>
       </c>
       <c r="C12" s="24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D12" s="16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E12" s="15">
         <v>1</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15"/>
       <c r="L12" s="15"/>
       <c r="M12" s="15"/>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="4">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R12" s="25"/>
     </row>
     <row r="13" spans="1:18" ht="48.75">
       <c r="A13" s="16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" s="18">
         <v>45866</v>
       </c>
       <c r="C13" s="24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D13" s="16" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E13" s="15">
         <v>1</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15"/>
       <c r="L13" s="15"/>
       <c r="M13" s="15"/>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="4">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R13" s="25"/>
     </row>
     <row r="14" spans="1:18" ht="32.25">
       <c r="A14" s="16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B14" s="18">
         <v>45866</v>
       </c>
       <c r="C14" s="24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" s="16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E14" s="15">
         <v>1</v>
       </c>
       <c r="F14" s="15">
         <v>1</v>
       </c>
       <c r="G14" s="15"/>
-      <c r="H14" s="15"/>
+      <c r="H14" s="15">
+        <v>1</v>
+      </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15"/>
       <c r="L14" s="15"/>
       <c r="M14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="4">
         <f t="shared" si="0"/>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14" s="25"/>
     </row>
     <row r="15" spans="1:18" ht="32.25">
       <c r="A15" s="16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B15" s="18">
         <v>45866</v>
       </c>
       <c r="C15" s="24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D15" s="16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E15" s="15">
         <v>1</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="4">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R15" s="25"/>
     </row>
     <row r="16" spans="1:18" ht="32.25">
       <c r="A16" s="16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B16" s="18">
         <v>45866</v>
       </c>
       <c r="C16" s="24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D16" s="16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E16" s="15">
         <v>1</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
-      <c r="H16" s="15"/>
-      <c r="I16" s="15"/>
+      <c r="H16" s="15">
+        <v>1</v>
+      </c>
+      <c r="I16" s="15">
+        <v>1</v>
+      </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15"/>
       <c r="L16" s="15"/>
       <c r="M16" s="15"/>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R16" s="25"/>
     </row>
     <row r="17" spans="1:18" ht="48.75">
       <c r="A17" s="16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B17" s="18">
         <v>45866</v>
       </c>
       <c r="C17" s="24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17" s="16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E17" s="15">
         <v>1</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="4">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R17" s="25"/>
     </row>
     <row r="18" spans="1:18" ht="48.75">
       <c r="A18" s="16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" s="18">
         <v>45866</v>
       </c>
       <c r="C18" s="24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D18" s="16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E18" s="15">
         <v>1</v>
       </c>
       <c r="F18" s="15">
         <v>1</v>
       </c>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
-      <c r="I18" s="15"/>
-      <c r="J18" s="15"/>
+      <c r="I18" s="15">
+        <v>1</v>
+      </c>
+      <c r="J18" s="15">
+        <v>1</v>
+      </c>
       <c r="K18" s="15"/>
       <c r="L18" s="15"/>
       <c r="M18" s="15"/>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="4">
         <f t="shared" si="0"/>
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R18" s="25"/>
     </row>
     <row r="19" spans="1:18" ht="32.25">
       <c r="A19" s="16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" s="18">
         <v>45894</v>
       </c>
       <c r="C19" s="24" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D19" s="16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E19" s="15"/>
       <c r="F19" s="15">
         <v>1</v>
       </c>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
-      <c r="I19" s="15"/>
-      <c r="J19" s="15"/>
+      <c r="I19" s="15">
+        <v>1</v>
+      </c>
+      <c r="J19" s="15">
+        <v>1</v>
+      </c>
       <c r="K19" s="15"/>
       <c r="L19" s="15"/>
       <c r="M19" s="15"/>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R19" s="25"/>
     </row>
     <row r="20" spans="1:18" ht="16.5">
       <c r="A20" s="16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B20" s="18">
         <v>45894</v>
       </c>
       <c r="C20" s="24" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D20" s="16" t="s">
         <v>37</v>
       </c>
       <c r="E20" s="15"/>
       <c r="F20" s="15">
         <v>1</v>
       </c>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="4">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R20" s="25"/>
     </row>
     <row r="21" spans="1:18" ht="16.5">
       <c r="A21" s="16" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B21" s="18">
         <v>45866</v>
       </c>
       <c r="C21" s="24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D21" s="16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E21" s="15">
         <v>1</v>
       </c>
       <c r="F21" s="15">
         <v>1</v>
       </c>
-      <c r="G21" s="15"/>
+      <c r="G21" s="15">
+        <v>1</v>
+      </c>
       <c r="H21" s="15"/>
-      <c r="I21" s="15"/>
+      <c r="I21" s="15">
+        <v>1</v>
+      </c>
       <c r="J21" s="15"/>
       <c r="K21" s="15"/>
       <c r="L21" s="15"/>
       <c r="M21" s="15"/>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="4">
         <f t="shared" si="0"/>
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R21" s="25"/>
     </row>
-    <row r="22" spans="1:18" ht="32.25">
+    <row r="22" spans="1:18" ht="16.5">
       <c r="A22" s="16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B22" s="18">
         <v>45894</v>
       </c>
       <c r="C22" s="24" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D22" s="16" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="15"/>
       <c r="F22" s="15">
         <v>1</v>
       </c>
-      <c r="G22" s="15"/>
+      <c r="G22" s="15">
+        <v>1</v>
+      </c>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15"/>
       <c r="L22" s="15"/>
       <c r="M22" s="15"/>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R22" s="25"/>
     </row>
     <row r="23" spans="1:18" ht="32.25">
       <c r="A23" s="16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B23" s="18">
         <v>45866</v>
       </c>
       <c r="C23" s="24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D23" s="16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E23" s="15">
         <v>1</v>
       </c>
       <c r="F23" s="15">
         <v>1</v>
       </c>
-      <c r="G23" s="15"/>
+      <c r="G23" s="15">
+        <v>1</v>
+      </c>
       <c r="H23" s="15"/>
-      <c r="I23" s="15"/>
-      <c r="J23" s="15"/>
+      <c r="I23" s="15">
+        <v>1</v>
+      </c>
+      <c r="J23" s="15">
+        <v>1</v>
+      </c>
       <c r="K23" s="15"/>
       <c r="L23" s="15"/>
       <c r="M23" s="15"/>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="4">
         <f t="shared" si="0"/>
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R23" s="25"/>
     </row>
     <row r="24" spans="1:18" ht="32.25">
       <c r="A24" s="16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B24" s="18">
         <v>45894</v>
       </c>
       <c r="C24" s="24" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D24" s="16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E24" s="15"/>
       <c r="F24" s="15">
         <v>1</v>
       </c>
       <c r="G24" s="15"/>
-      <c r="H24" s="15"/>
-[...1 lines deleted...]
-      <c r="J24" s="15"/>
+      <c r="H24" s="15">
+        <v>1</v>
+      </c>
+      <c r="I24" s="15">
+        <v>1</v>
+      </c>
+      <c r="J24" s="15">
+        <v>1</v>
+      </c>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
       <c r="M24" s="15"/>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="R24" s="25"/>
     </row>
     <row r="25" spans="1:18" ht="16.5">
       <c r="A25" s="16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B25" s="18">
         <v>45894</v>
       </c>
       <c r="C25" s="24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D25" s="16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E25" s="15"/>
       <c r="F25" s="15">
         <v>1</v>
       </c>
       <c r="G25" s="15"/>
-      <c r="H25" s="15"/>
+      <c r="H25" s="15">
+        <v>1</v>
+      </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R25" s="25"/>
     </row>
     <row r="26" spans="1:18" ht="32.25">
       <c r="A26" s="16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B26" s="18">
         <v>45894</v>
       </c>
       <c r="C26" s="24" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D26" s="16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E26" s="15"/>
       <c r="F26" s="15">
         <v>1</v>
       </c>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
-      <c r="I26" s="15"/>
+      <c r="I26" s="15">
+        <v>1</v>
+      </c>
       <c r="J26" s="15"/>
       <c r="K26" s="15"/>
       <c r="L26" s="15"/>
       <c r="M26" s="15"/>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R26" s="25"/>
     </row>
     <row r="27" spans="1:18" ht="48.75">
       <c r="A27" s="16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B27" s="18">
         <v>45894</v>
       </c>
       <c r="C27" s="24" t="s">
         <v>39</v>
       </c>
       <c r="D27" s="16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E27" s="15"/>
       <c r="F27" s="15">
         <v>1</v>
       </c>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
-      <c r="J27" s="15"/>
+      <c r="J27" s="15">
+        <v>1</v>
+      </c>
       <c r="K27" s="15"/>
       <c r="L27" s="15"/>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="4">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R27" s="25"/>
     </row>
     <row r="28" spans="1:18" ht="32.25">
       <c r="A28" s="16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B28" s="18">
         <v>45894</v>
       </c>
       <c r="C28" s="24" t="s">
         <v>33</v>
       </c>
       <c r="D28" s="16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E28" s="15"/>
       <c r="F28" s="15">
         <v>1</v>
       </c>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15"/>
       <c r="L28" s="15"/>
       <c r="M28" s="15"/>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="4">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="R28" s="25"/>
     </row>
-    <row r="29" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D29" s="16"/>
+    <row r="29" spans="1:18" ht="32.25">
+      <c r="A29" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B29" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C29" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" s="16" t="s">
+        <v>97</v>
+      </c>
       <c r="E29" s="15"/>
       <c r="F29" s="15"/>
-      <c r="G29" s="15"/>
+      <c r="G29" s="15">
+        <v>1</v>
+      </c>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15"/>
       <c r="L29" s="15"/>
       <c r="M29" s="15"/>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R29" s="25"/>
     </row>
-    <row r="30" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D30" s="16"/>
+    <row r="30" spans="1:18" ht="32.25">
+      <c r="A30" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B30" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C30" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" s="16" t="s">
+        <v>99</v>
+      </c>
       <c r="E30" s="15"/>
       <c r="F30" s="15"/>
-      <c r="G30" s="15"/>
-[...2 lines deleted...]
-      <c r="J30" s="15"/>
+      <c r="G30" s="15">
+        <v>1</v>
+      </c>
+      <c r="H30" s="15">
+        <v>1</v>
+      </c>
+      <c r="I30" s="15">
+        <v>1</v>
+      </c>
+      <c r="J30" s="15">
+        <v>1</v>
+      </c>
       <c r="K30" s="15"/>
       <c r="L30" s="15"/>
       <c r="M30" s="15"/>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R30" s="25"/>
     </row>
-    <row r="31" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...8 lines deleted...]
-      <c r="I31" s="15"/>
+    <row r="31" spans="1:18" ht="32.25">
+      <c r="A31" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B31" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C31" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D31" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E31" s="15">
+        <v>1</v>
+      </c>
+      <c r="F31" s="15">
+        <v>1</v>
+      </c>
+      <c r="G31" s="15">
+        <v>1</v>
+      </c>
+      <c r="H31" s="15">
+        <v>1</v>
+      </c>
+      <c r="I31" s="15">
+        <v>1</v>
+      </c>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="R31" s="25"/>
     </row>
-    <row r="32" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D32" s="16"/>
+    <row r="32" spans="1:18" ht="16.5">
+      <c r="A32" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B32" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C32" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D32" s="16" t="s">
+        <v>103</v>
+      </c>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
-      <c r="G32" s="15"/>
+      <c r="G32" s="15">
+        <v>1</v>
+      </c>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R32" s="25"/>
     </row>
-    <row r="33" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D33" s="16"/>
+    <row r="33" spans="1:18" ht="16.5">
+      <c r="A33" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B33" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C33" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D33" s="16" t="s">
+        <v>106</v>
+      </c>
       <c r="E33" s="15"/>
       <c r="F33" s="15"/>
-      <c r="G33" s="15"/>
+      <c r="G33" s="15">
+        <v>1</v>
+      </c>
       <c r="H33" s="15"/>
-      <c r="I33" s="15"/>
-      <c r="J33" s="15"/>
+      <c r="I33" s="15">
+        <v>1</v>
+      </c>
+      <c r="J33" s="15">
+        <v>1</v>
+      </c>
       <c r="K33" s="15"/>
       <c r="L33" s="15"/>
       <c r="M33" s="15"/>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="R33" s="25"/>
     </row>
-    <row r="34" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D34" s="16"/>
+    <row r="34" spans="1:18" ht="32.25">
+      <c r="A34" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="B34" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C34" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="16" t="s">
+        <v>42</v>
+      </c>
       <c r="E34" s="15"/>
       <c r="F34" s="15"/>
-      <c r="G34" s="15"/>
+      <c r="G34" s="15">
+        <v>1</v>
+      </c>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
       <c r="L34" s="15"/>
       <c r="M34" s="15"/>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R34" s="25"/>
     </row>
-    <row r="35" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D35" s="16"/>
+    <row r="35" spans="1:18" ht="32.25">
+      <c r="A35" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B35" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C35" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D35" s="16" t="s">
+        <v>109</v>
+      </c>
       <c r="E35" s="15"/>
       <c r="F35" s="15"/>
-      <c r="G35" s="15"/>
+      <c r="G35" s="15">
+        <v>1</v>
+      </c>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15"/>
       <c r="L35" s="15"/>
       <c r="M35" s="15"/>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R35" s="25"/>
     </row>
-    <row r="36" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D36" s="16"/>
+    <row r="36" spans="1:18" ht="32.25">
+      <c r="A36" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B36" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C36" s="24" t="s">
+        <v>59</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>111</v>
+      </c>
       <c r="E36" s="15"/>
       <c r="F36" s="15"/>
-      <c r="G36" s="15"/>
+      <c r="G36" s="15">
+        <v>1</v>
+      </c>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15"/>
       <c r="L36" s="15"/>
       <c r="M36" s="15"/>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R36" s="25"/>
     </row>
-    <row r="37" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D37" s="16"/>
+    <row r="37" spans="1:18" ht="32.25">
+      <c r="A37" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B37" s="18">
+        <v>45922</v>
+      </c>
+      <c r="C37" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D37" s="16" t="s">
+        <v>99</v>
+      </c>
       <c r="E37" s="15"/>
       <c r="F37" s="15"/>
-      <c r="G37" s="15"/>
-[...2 lines deleted...]
-      <c r="J37" s="15"/>
+      <c r="G37" s="15">
+        <v>1</v>
+      </c>
+      <c r="H37" s="15">
+        <v>1</v>
+      </c>
+      <c r="I37" s="15">
+        <v>1</v>
+      </c>
+      <c r="J37" s="15">
+        <v>1</v>
+      </c>
       <c r="K37" s="15"/>
       <c r="L37" s="15"/>
       <c r="M37" s="15"/>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R37" s="25"/>
     </row>
-    <row r="38" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D38" s="16"/>
+    <row r="38" spans="1:18" ht="32.25">
+      <c r="A38" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B38" s="18">
+        <v>46013</v>
+      </c>
+      <c r="C38" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D38" s="16" t="s">
+        <v>114</v>
+      </c>
       <c r="E38" s="15"/>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
-      <c r="H38" s="15"/>
+      <c r="H38" s="15">
+        <v>1</v>
+      </c>
       <c r="I38" s="15"/>
-      <c r="J38" s="15"/>
+      <c r="J38" s="15">
+        <v>1</v>
+      </c>
       <c r="K38" s="15"/>
       <c r="L38" s="15"/>
       <c r="M38" s="15"/>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R38" s="25"/>
     </row>
-    <row r="39" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D39" s="16"/>
+    <row r="39" spans="1:18" ht="32.25">
+      <c r="A39" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B39" s="18">
+        <v>46013</v>
+      </c>
+      <c r="C39" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D39" s="16" t="s">
+        <v>89</v>
+      </c>
       <c r="E39" s="15"/>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
-      <c r="I39" s="15"/>
-      <c r="J39" s="15"/>
+      <c r="I39" s="15">
+        <v>1</v>
+      </c>
+      <c r="J39" s="15">
+        <v>1</v>
+      </c>
       <c r="K39" s="15"/>
       <c r="L39" s="15"/>
       <c r="M39" s="15"/>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R39" s="25"/>
     </row>
-    <row r="40" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D40" s="16"/>
+    <row r="40" spans="1:18" ht="48.75">
+      <c r="A40" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="18">
+        <v>46013</v>
+      </c>
+      <c r="C40" s="24" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="16" t="s">
+        <v>117</v>
+      </c>
       <c r="E40" s="15"/>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
-      <c r="J40" s="15"/>
+      <c r="J40" s="15">
+        <v>1</v>
+      </c>
       <c r="K40" s="15"/>
       <c r="L40" s="15"/>
       <c r="M40" s="15"/>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R40" s="25"/>
     </row>
-    <row r="41" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D41" s="16"/>
+    <row r="41" spans="1:18" ht="32.25">
+      <c r="A41" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B41" s="18">
+        <v>46013</v>
+      </c>
+      <c r="C41" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="D41" s="16" t="s">
+        <v>119</v>
+      </c>
       <c r="E41" s="15"/>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15"/>
       <c r="I41" s="15"/>
-      <c r="J41" s="15"/>
+      <c r="J41" s="15">
+        <v>1</v>
+      </c>
       <c r="K41" s="15"/>
       <c r="L41" s="15"/>
       <c r="M41" s="15"/>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R41" s="25"/>
     </row>
-    <row r="42" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...9 lines deleted...]
-      <c r="J42" s="15"/>
+    <row r="42" spans="1:18" ht="16.5">
+      <c r="A42" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="B42" s="18">
+        <v>45866</v>
+      </c>
+      <c r="C42" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D42" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="E42" s="15">
+        <v>1</v>
+      </c>
+      <c r="F42" s="15">
+        <v>1</v>
+      </c>
+      <c r="G42" s="15">
+        <v>1</v>
+      </c>
+      <c r="H42" s="15">
+        <v>1</v>
+      </c>
+      <c r="I42" s="15">
+        <v>1</v>
+      </c>
+      <c r="J42" s="15">
+        <v>1</v>
+      </c>
       <c r="K42" s="15"/>
       <c r="L42" s="15"/>
       <c r="M42" s="15"/>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="R42" s="25"/>
     </row>
-    <row r="43" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D43" s="16"/>
+    <row r="43" spans="1:18" ht="32.25">
+      <c r="A43" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B43" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C43" s="24" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" s="16" t="s">
+        <v>122</v>
+      </c>
       <c r="E43" s="15"/>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
-      <c r="H43" s="15"/>
-[...1 lines deleted...]
-      <c r="J43" s="15"/>
+      <c r="H43" s="15">
+        <v>1</v>
+      </c>
+      <c r="I43" s="15">
+        <v>1</v>
+      </c>
+      <c r="J43" s="15">
+        <v>1</v>
+      </c>
       <c r="K43" s="15"/>
       <c r="L43" s="15"/>
       <c r="M43" s="15"/>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="R43" s="25"/>
     </row>
-    <row r="44" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D44" s="16"/>
+    <row r="44" spans="1:18" ht="16.5">
+      <c r="A44" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B44" s="18">
+        <v>46013</v>
+      </c>
+      <c r="C44" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>103</v>
+      </c>
       <c r="E44" s="15"/>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
-      <c r="J44" s="15"/>
+      <c r="J44" s="15">
+        <v>1</v>
+      </c>
       <c r="K44" s="15"/>
       <c r="L44" s="15"/>
       <c r="M44" s="15"/>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R44" s="25"/>
     </row>
-    <row r="45" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D45" s="16"/>
+    <row r="45" spans="1:18" ht="32.25">
+      <c r="A45" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B45" s="18">
+        <v>46013</v>
+      </c>
+      <c r="C45" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D45" s="16" t="s">
+        <v>99</v>
+      </c>
       <c r="E45" s="15"/>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
-      <c r="J45" s="15"/>
+      <c r="J45" s="15">
+        <v>1</v>
+      </c>
       <c r="K45" s="15"/>
       <c r="L45" s="15"/>
       <c r="M45" s="15"/>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R45" s="25"/>
     </row>
-    <row r="46" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D46" s="16"/>
+    <row r="46" spans="1:18" ht="32.25">
+      <c r="A46" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B46" s="18">
+        <v>46013</v>
+      </c>
+      <c r="C46" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="D46" s="16" t="s">
+        <v>127</v>
+      </c>
       <c r="E46" s="15"/>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
-      <c r="I46" s="15"/>
-      <c r="J46" s="15"/>
+      <c r="I46" s="15">
+        <v>1</v>
+      </c>
+      <c r="J46" s="15">
+        <v>1</v>
+      </c>
       <c r="K46" s="15"/>
       <c r="L46" s="15"/>
       <c r="M46" s="15"/>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R46" s="25"/>
     </row>
-    <row r="47" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D47" s="16"/>
+    <row r="47" spans="1:18" ht="16.5">
+      <c r="A47" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B47" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C47" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>81</v>
+      </c>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
-      <c r="H47" s="15"/>
+      <c r="H47" s="15">
+        <v>1</v>
+      </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R47" s="25"/>
     </row>
-    <row r="48" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D48" s="16"/>
+    <row r="48" spans="1:18" ht="16.5">
+      <c r="A48" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B48" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C48" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>131</v>
+      </c>
       <c r="E48" s="15"/>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
-      <c r="H48" s="15"/>
-      <c r="I48" s="15"/>
+      <c r="H48" s="15">
+        <v>1</v>
+      </c>
+      <c r="I48" s="15">
+        <v>1</v>
+      </c>
       <c r="J48" s="15"/>
       <c r="K48" s="15"/>
       <c r="L48" s="15"/>
       <c r="M48" s="15"/>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R48" s="25"/>
     </row>
-    <row r="49" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D49" s="16"/>
+    <row r="49" spans="1:18" ht="16.5">
+      <c r="A49" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B49" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C49" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>133</v>
+      </c>
       <c r="E49" s="15"/>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
-      <c r="H49" s="15"/>
+      <c r="H49" s="15">
+        <v>1</v>
+      </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15"/>
       <c r="L49" s="15"/>
       <c r="M49" s="15"/>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R49" s="25"/>
     </row>
-    <row r="50" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D50" s="16"/>
+    <row r="50" spans="1:18" ht="32.25">
+      <c r="A50" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="B50" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C50" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D50" s="16" t="s">
+        <v>136</v>
+      </c>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
-      <c r="H50" s="15"/>
-      <c r="I50" s="15"/>
+      <c r="H50" s="15">
+        <v>1</v>
+      </c>
+      <c r="I50" s="15">
+        <v>1</v>
+      </c>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R50" s="25"/>
     </row>
-    <row r="51" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D51" s="16"/>
+    <row r="51" spans="1:18" ht="32.25">
+      <c r="A51" s="16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B51" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C51" s="24" t="s">
+        <v>84</v>
+      </c>
+      <c r="D51" s="16" t="s">
+        <v>138</v>
+      </c>
       <c r="E51" s="15"/>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
-      <c r="H51" s="15"/>
+      <c r="H51" s="15">
+        <v>1</v>
+      </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15"/>
       <c r="L51" s="15"/>
       <c r="M51" s="15"/>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R51" s="25"/>
     </row>
-    <row r="52" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D52" s="16"/>
+    <row r="52" spans="1:18" ht="32.25">
+      <c r="A52" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="B52" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C52" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>140</v>
+      </c>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
-      <c r="H52" s="15"/>
+      <c r="H52" s="15">
+        <v>1</v>
+      </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15"/>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R52" s="25"/>
     </row>
-    <row r="53" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D53" s="16"/>
+    <row r="53" spans="1:18" ht="16.5">
+      <c r="A53" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="B53" s="18">
+        <v>45957</v>
+      </c>
+      <c r="C53" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>143</v>
+      </c>
       <c r="E53" s="15"/>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
-      <c r="H53" s="15"/>
+      <c r="H53" s="15">
+        <v>1</v>
+      </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15"/>
       <c r="L53" s="15"/>
       <c r="M53" s="15"/>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R53" s="25"/>
     </row>
-    <row r="54" spans="1:18" ht="16.149999999999999" thickBot="1">
-      <c r="A54" s="16"/>
+    <row r="54" spans="1:18" ht="32.25">
+      <c r="A54" s="16" t="s">
+        <v>144</v>
+      </c>
       <c r="B54" s="18"/>
-      <c r="C54" s="24"/>
-      <c r="D54" s="16"/>
+      <c r="C54" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>145</v>
+      </c>
       <c r="E54" s="15"/>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15"/>
-      <c r="I54" s="15"/>
+      <c r="I54" s="15">
+        <v>1</v>
+      </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15"/>
       <c r="L54" s="15"/>
       <c r="M54" s="15"/>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R54" s="25"/>
     </row>
-    <row r="55" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D55" s="16"/>
+    <row r="55" spans="1:18" ht="32.25">
+      <c r="A55" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="B55" s="18">
+        <v>45985</v>
+      </c>
+      <c r="C55" s="24" t="s">
+        <v>147</v>
+      </c>
+      <c r="D55" s="16" t="s">
+        <v>148</v>
+      </c>
       <c r="E55" s="15"/>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15"/>
-      <c r="I55" s="15"/>
+      <c r="I55" s="15">
+        <v>1</v>
+      </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15"/>
       <c r="L55" s="15"/>
       <c r="M55" s="15"/>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R55" s="25"/>
     </row>
-    <row r="56" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D56" s="16"/>
+    <row r="56" spans="1:18" ht="16.5">
+      <c r="A56" s="16" t="s">
+        <v>149</v>
+      </c>
+      <c r="B56" s="18">
+        <v>45985</v>
+      </c>
+      <c r="C56" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>151</v>
+      </c>
       <c r="E56" s="15"/>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15"/>
-      <c r="I56" s="15"/>
+      <c r="I56" s="15">
+        <v>1</v>
+      </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15"/>
       <c r="L56" s="15"/>
       <c r="M56" s="15"/>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R56" s="25"/>
     </row>
-    <row r="57" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D57" s="16"/>
+    <row r="57" spans="1:18" ht="32.25">
+      <c r="A57" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="B57" s="18">
+        <v>45985</v>
+      </c>
+      <c r="C57" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>153</v>
+      </c>
       <c r="E57" s="15"/>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15"/>
-      <c r="I57" s="15"/>
+      <c r="I57" s="15">
+        <v>1</v>
+      </c>
       <c r="J57" s="15"/>
       <c r="K57" s="15"/>
       <c r="L57" s="15"/>
       <c r="M57" s="15"/>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R57" s="25"/>
     </row>
-    <row r="58" spans="1:18" ht="16.149999999999999" thickBot="1">
-[...3 lines deleted...]
-      <c r="D58" s="16"/>
+    <row r="58" spans="1:18" ht="16.5">
+      <c r="A58" s="16" t="s">
+        <v>154</v>
+      </c>
+      <c r="B58" s="18">
+        <v>45985</v>
+      </c>
+      <c r="C58" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>155</v>
+      </c>
       <c r="E58" s="15"/>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15"/>
-      <c r="I58" s="15"/>
+      <c r="I58" s="15">
+        <v>1</v>
+      </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15"/>
       <c r="L58" s="15"/>
       <c r="M58" s="15"/>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="4">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R58" s="25"/>
     </row>
     <row r="59" spans="1:18" ht="16.149999999999999" thickBot="1">
       <c r="A59" s="16"/>
       <c r="B59" s="18"/>
       <c r="C59" s="24"/>
       <c r="D59" s="16"/>
       <c r="E59" s="15"/>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15"/>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15"/>
       <c r="L59" s="15"/>
       <c r="M59" s="15"/>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="4">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="R59" s="25"/>
@@ -7640,813 +8203,813 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:K56"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K47" sqref="K47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="1" width="25.75" customWidth="1"/>
     <col min="2" max="2" width="22.375" customWidth="1"/>
     <col min="3" max="3" width="20.875" customWidth="1"/>
     <col min="4" max="4" width="19.375" customWidth="1"/>
     <col min="5" max="6" width="17.75" customWidth="1"/>
     <col min="7" max="7" width="8" customWidth="1"/>
     <col min="8" max="8" width="9.875" customWidth="1"/>
     <col min="10" max="10" width="35.25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="60" customHeight="1">
       <c r="A1" s="28" t="s">
-        <v>95</v>
+        <v>156</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="30"/>
       <c r="J1" t="s">
-        <v>96</v>
+        <v>157</v>
       </c>
       <c r="K1" t="s">
-        <v>97</v>
+        <v>158</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B2" s="26" t="s">
-        <v>98</v>
+        <v>159</v>
       </c>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="31"/>
       <c r="J2" s="12" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K2">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J2)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A3" s="8" t="s">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>101</v>
+        <v>161</v>
       </c>
       <c r="E3" s="7"/>
       <c r="F3" s="9"/>
       <c r="J3" s="12" t="s">
-        <v>102</v>
+        <v>162</v>
       </c>
       <c r="K3">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J3)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A4" s="1" t="s">
-        <v>103</v>
+        <v>163</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>104</v>
+        <v>147</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F4" s="10"/>
       <c r="J4" s="12" t="s">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="K4">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J4)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A5" s="1" t="s">
-        <v>107</v>
+        <v>164</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="10"/>
       <c r="J5" s="12" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="K5">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J5)</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A6" s="1" t="s">
-        <v>109</v>
+        <v>166</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="E6" s="6"/>
       <c r="F6" s="10"/>
       <c r="J6" s="12" t="s">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="K6">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J6)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="51" customHeight="1">
       <c r="A7" s="1" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>116</v>
+        <v>171</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>117</v>
+        <v>172</v>
       </c>
       <c r="J7" s="12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K7">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J7)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="48.75" customHeight="1">
       <c r="A8" s="1" t="s">
-        <v>118</v>
+        <v>173</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>121</v>
+        <v>176</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="J8" s="12" t="s">
-        <v>123</v>
+        <v>178</v>
       </c>
       <c r="K8">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J8)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="47.25" customHeight="1">
       <c r="A9" s="1" t="s">
-        <v>124</v>
+        <v>179</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>125</v>
+        <v>180</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>126</v>
+        <v>181</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
       <c r="F9" s="10"/>
       <c r="J9" s="12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K9">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J9)</f>
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A10" s="1" t="s">
-        <v>128</v>
+        <v>183</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="10"/>
       <c r="J10" s="12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K10">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J10)</f>
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="54.75" customHeight="1">
       <c r="A11" s="1" t="s">
-        <v>130</v>
+        <v>184</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>131</v>
+        <v>185</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>133</v>
+        <v>187</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="J11" s="12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K11">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J11)</f>
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A12" s="1" t="s">
-        <v>136</v>
+        <v>189</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>138</v>
+        <v>191</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="F12" s="10"/>
       <c r="J12" s="12" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="K12">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J12)</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A13" s="1" t="s">
-        <v>140</v>
+        <v>192</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>141</v>
+        <v>193</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="10"/>
       <c r="J13" s="12" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="K13">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J13)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A14" s="1" t="s">
-        <v>143</v>
+        <v>194</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C14" s="11" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>123</v>
+        <v>178</v>
       </c>
       <c r="F14" s="10"/>
       <c r="J14" s="12" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="K14">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J14)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A15" s="1" t="s">
-        <v>144</v>
+        <v>195</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>145</v>
+        <v>196</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="10"/>
       <c r="J15" s="12" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="K15">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J15)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A16" s="8" t="s">
-        <v>146</v>
+        <v>197</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>147</v>
+        <v>198</v>
       </c>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="10"/>
       <c r="J16" s="12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K16">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J16)</f>
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="39.950000000000003" customHeight="1">
       <c r="A17" s="8" t="s">
-        <v>148</v>
+        <v>199</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>102</v>
+        <v>162</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="E17" s="6"/>
       <c r="F17" s="10"/>
       <c r="J17" s="12" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="K17">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J17)</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="J18" s="12" t="s">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="K18">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="J19" s="12" t="s">
-        <v>121</v>
+        <v>176</v>
       </c>
       <c r="K19">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J19)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="J20" s="12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K20">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J20)</f>
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="J21" s="12" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="K21">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J21)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="J22" s="12" t="s">
         <v>29</v>
       </c>
       <c r="K22">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J22)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="J23" s="12" t="s">
         <v>39</v>
       </c>
       <c r="K23">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J23)</f>
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="J24" s="12" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="K24">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="J25" s="12" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="K25">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J25)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="J26" s="12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K26">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J26)</f>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="J27" s="12" t="s">
-        <v>138</v>
+        <v>191</v>
       </c>
       <c r="K27">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J27)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="J28" s="12" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="K28">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="J29" s="12" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="K29">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="J30" s="12" t="s">
-        <v>133</v>
+        <v>187</v>
       </c>
       <c r="K30">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J30)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="J31" s="12" t="s">
-        <v>131</v>
+        <v>185</v>
       </c>
       <c r="K31">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J31)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="J32" s="12" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="K32">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J32)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="10:11">
       <c r="J33" s="12" t="s">
-        <v>147</v>
+        <v>198</v>
       </c>
       <c r="K33">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J33)</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="10:11">
       <c r="J34" s="12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K34">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J34)</f>
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="10:11">
       <c r="J35" s="12" t="s">
-        <v>101</v>
+        <v>161</v>
       </c>
       <c r="K35">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J35)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="10:11">
       <c r="J36" s="12" t="s">
         <v>36</v>
       </c>
       <c r="K36">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J36)</f>
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="10:11">
       <c r="J37" s="12" t="s">
-        <v>104</v>
+        <v>147</v>
       </c>
       <c r="K37">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J37)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="10:11">
       <c r="J38" s="12" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="K38">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J38)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="10:11">
       <c r="J39" s="12" t="s">
         <v>33</v>
       </c>
       <c r="K39">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J39)</f>
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="10:11">
       <c r="J40" s="12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K40">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J40)</f>
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41" spans="10:11">
       <c r="J41" s="12" t="s">
-        <v>116</v>
+        <v>171</v>
       </c>
       <c r="K41">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J41)</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="10:11">
       <c r="J42" s="12" t="s">
         <v>48</v>
       </c>
       <c r="K42">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J42)</f>
         <v>2</v>
       </c>
     </row>
     <row r="43" spans="10:11">
       <c r="J43" s="12" t="s">
-        <v>117</v>
+        <v>172</v>
       </c>
       <c r="K43">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J43)</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="10:11">
       <c r="J44" s="12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K44">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J44)</f>
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="10:11">
       <c r="J45" s="12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K45">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J45)</f>
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="10:11">
       <c r="J46" s="12" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
       <c r="K46">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J46)</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="10:11">
       <c r="J47" s="12" t="s">
         <v>44</v>
       </c>
       <c r="K47">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J47)</f>
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="48" spans="10:11">
       <c r="J48" s="12" t="s">
-        <v>125</v>
+        <v>180</v>
       </c>
       <c r="K48">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J48)</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="10:11">
       <c r="J49" s="12" t="s">
-        <v>126</v>
+        <v>181</v>
       </c>
       <c r="K49">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J49)</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="10:11">
       <c r="J50" s="12" t="s">
-        <v>141</v>
+        <v>193</v>
       </c>
       <c r="K50">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J50)</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="10:11">
       <c r="J51" s="12" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="K51">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J51)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="10:11">
       <c r="J52" s="12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K52">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J52)</f>
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="10:11">
       <c r="J53" s="12" t="s">
-        <v>145</v>
+        <v>196</v>
       </c>
       <c r="K53">
         <f>COUNTIF('2. ROSC Active'!C2:C251,J53)</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="10:11">
       <c r="J55" s="12" t="s">
-        <v>149</v>
+        <v>200</v>
       </c>
       <c r="K55">
         <f>SUM(K2:K53)</f>
-        <v>27</v>
+        <v>57</v>
       </c>
     </row>
     <row r="56" spans="10:11">
       <c r="J56" s="12" t="s">
-        <v>150</v>
+        <v>201</v>
       </c>
       <c r="K56">
         <f>COUNTIF(K2:K53, "&gt;0")</f>
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="IxjT8sv/NWAHCZIk2aUKfoNV1QuX7TmiwAKBYJ/ZQsAAZeCCswfFUkIr8aALHkpOlMpSV9QPO7IOZbF/vGdp1A==" saltValue="ZRRblgHkN817pE/znI2QOw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="J2:J53">
     <sortCondition ref="J53"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009372957DC6F58140A17FA60427BCFEAD" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f88987b7b7159f1a98b450c4fe1a5fcd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="6b23f664-a40a-46d4-8315-1211af3cb14c" xmlns:ns3="600480e7-3dc2-4c93-b2b0-f7253733db77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed5d2d981ee420546beda955534cb85c" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009372957DC6F58140A17FA60427BCFEAD" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3fc77c1ecd0e1e1d781d71cb6f8e56f2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="6b23f664-a40a-46d4-8315-1211af3cb14c" xmlns:ns3="600480e7-3dc2-4c93-b2b0-f7253733db77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8a7aa8ec5d18a1611efee4bbe60ece1" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="6b23f664-a40a-46d4-8315-1211af3cb14c"/>
     <xsd:import namespace="600480e7-3dc2-4c93-b2b0-f7253733db77"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Mentalhealth" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -8696,59 +9259,59 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6b23f664-a40a-46d4-8315-1211af3cb14c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="600480e7-3dc2-4c93-b2b0-f7253733db77" xsi:nil="true"/>
     <Mentalhealth xmlns="6b23f664-a40a-46d4-8315-1211af3cb14c" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6F755AB-B34B-4425-BF40-EDD5A0AFC086}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71DF17B8-F0F5-4628-9955-C745C9855C75}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15A7A4F8-AE6A-4FC4-8DAF-880A086DD11D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33DFAEB9-6057-4D22-8B30-6A1C18C63367}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2669324B-7302-4554-B3F2-6D39CE604C80}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0A6FC09-2D4E-44D0-9606-F82D6FC5BCE8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Deschamps, Michael J.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>